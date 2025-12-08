--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -18,65 +18,65 @@
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/queryTables/queryTable4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.queryTable+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24026"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="K:\LDOX ProductManagement\Release Notes\2025.3\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7EC6CD2F-9EBA-46ED-89AC-672789B66070}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2420592D-622E-4819-94FE-B57AA1940F81}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="38280" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{823A830F-EA2B-442A-A2D8-EBD5C2D56F16}"/>
+    <workbookView xWindow="41190" yWindow="5475" windowWidth="28800" windowHeight="15345" xr2:uid="{823A830F-EA2B-442A-A2D8-EBD5C2D56F16}"/>
   </bookViews>
   <sheets>
     <sheet name="2025.3" sheetId="19" r:id="rId1"/>
     <sheet name="2024.3" sheetId="14" state="hidden" r:id="rId2"/>
     <sheet name="2024.2" sheetId="13" state="hidden" r:id="rId3"/>
     <sheet name="2024.1" sheetId="11" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="2">'2024.2'!$1:$1</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'2025.3'!$1:$1</definedName>
     <definedName name="ExterneDaten_1" localSheetId="2" hidden="1">'2024.2'!$A$1:$F$116</definedName>
-    <definedName name="ExterneDaten_1" localSheetId="0" hidden="1">'2025.3'!$A$1:$E$29</definedName>
+    <definedName name="ExterneDaten_1" localSheetId="0" hidden="1">'2025.3'!$A$1:$E$30</definedName>
     <definedName name="ExterneDaten_2" localSheetId="1" hidden="1">'2024.3'!$A$1:$F$123</definedName>
     <definedName name="ExterneDaten_3" localSheetId="3" hidden="1">'2024.1'!$A$1:$F$102</definedName>
   </definedNames>
   <calcPr calcId="181029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/connections.xml><?xml version="1.0" encoding="utf-8"?>
 <connections xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr16="http://schemas.microsoft.com/office/spreadsheetml/2017/revision16" mc:Ignorable="xr16">
   <connection id="1" xr16:uid="{4664AD0D-8964-4A82-97C5-E4066F2629CF}" keepAlive="1" name="Abfrage - query" description="Verbindung mit der Abfrage 'query' in der Arbeitsmappe." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=query;Extended Properties=&quot;&quot;" command="SELECT * FROM [query]"/>
   </connection>
   <connection id="2" xr16:uid="{26B1BD2D-C830-4AEC-8198-7288662F8AF5}" keepAlive="1" name="Abfrage - query (10)" description="Verbindung mit der Abfrage 'query (10)' in der Arbeitsmappe." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;query (10)&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [query (10)]"/>
   </connection>
   <connection id="3" xr16:uid="{FAB19E7A-D03C-4261-93A2-50B60585D525}" keepAlive="1" name="Abfrage - query (11)" description="Verbindung mit der Abfrage 'query (11)' in der Arbeitsmappe." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;query (11)&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [query (11)]"/>
   </connection>
   <connection id="4" xr16:uid="{52C71CD6-130D-4933-A43A-A700F95AC334}" keepAlive="1" name="Abfrage - query (12)" description="Verbindung mit der Abfrage 'query (12)' in der Arbeitsmappe." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;query (12)&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [query (12)]"/>
@@ -105,51 +105,51 @@
   <connection id="12" xr16:uid="{BE00822F-9D51-4BC7-AA5D-D7FD169E06D4}" keepAlive="1" name="Abfrage - query (9)" description="Verbindung mit der Abfrage 'query (9)' in der Arbeitsmappe." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;query (9)&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [query (9)]"/>
   </connection>
   <connection id="13" xr16:uid="{DD6C78E2-48A0-4CA6-A63C-7B9386A21F88}" keepAlive="1" name="Abfrage - query 2020 3" description="Verbindung mit der Abfrage 'query 2020 3' in der Arbeitsmappe." type="5" refreshedVersion="6" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=query 2020 3;Extended Properties=&quot;&quot;" command="SELECT * FROM [query 2020 3]"/>
   </connection>
   <connection id="14" xr16:uid="{4CB1DB5F-3295-4275-AE4A-E93962A0C32E}" keepAlive="1" name="Abfrage - query 2021 1" description="Verbindung mit der Abfrage 'query 2021 1' in der Arbeitsmappe." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;query 2021 1&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [query 2021 1]"/>
   </connection>
   <connection id="15" xr16:uid="{04090D25-1ED5-4B2B-9089-0973A482190A}" keepAlive="1" name="Abfrage - query 2021 2" description="Verbindung mit der Abfrage 'query 2021 2' in der Arbeitsmappe." type="5" refreshedVersion="7" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;query 2021 2&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [query 2021 2]"/>
   </connection>
   <connection id="16" xr16:uid="{ED28850C-78CA-4AE0-A13B-1C02AE827A14}" keepAlive="1" name="Abfrage - Release 2020 1 query" description="Verbindung mit der Abfrage 'Release 2020 1 query' in der Arbeitsmappe." type="5" refreshedVersion="6" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Release 2020 1 query;Extended Properties=&quot;&quot;" command="SELECT * FROM [Release 2020 1 query]"/>
   </connection>
   <connection id="17" xr16:uid="{3EF4BE74-F02B-4718-8576-071F8F8572E5}" keepAlive="1" name="Abfrage - Release 2020 2 query" description="Verbindung mit der Abfrage 'Release 2020 2 query' in der Arbeitsmappe." type="5" refreshedVersion="6" background="1" saveData="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=Release 2020 2 query;Extended Properties=&quot;&quot;" command="SELECT * FROM [Release 2020 2 query]"/>
   </connection>
   <connection id="18" xr16:uid="{7915C008-6154-456E-AFD4-5857576A79DA}" keepAlive="1" name="Abfrage - Release-2022 2 csv" description="Verbindung mit der Abfrage 'Release-2022 2 csv' in der Arbeitsmappe." type="5" refreshedVersion="0" background="1">
     <dbPr connection="Provider=Microsoft.Mashup.OleDb.1;Data Source=$Workbook$;Location=&quot;Release-2022 2 csv&quot;;Extended Properties=&quot;&quot;" command="SELECT * FROM [Release-2022 2 csv]"/>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1834" uniqueCount="520">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1837" uniqueCount="522">
   <si>
     <t>Dokumentation</t>
   </si>
   <si>
     <t>enhancement</t>
   </si>
   <si>
     <t>defect</t>
   </si>
   <si>
     <t>LDOX.Administration</t>
   </si>
   <si>
     <t>LDOX.Client</t>
   </si>
   <si>
     <t>task</t>
   </si>
   <si>
     <t>LDOX.Route</t>
   </si>
   <si>
     <t>LDOX.Scan</t>
   </si>
   <si>
@@ -1773,50 +1773,56 @@
   </si>
   <si>
     <t>Über den Parameter DocumentOthers kann neu für jeden Anhang ein einzelner Workflow Task erstellt werden.
 Detaillierte Informationen siehe Handbuch LDOX.Mail, Kapitel 'Beispielprofil für die Archivierung in LDOX Windows'.</t>
   </si>
   <si>
     <t>Um bei der Migration von integrierten Dokumenten in InfoShare die Beschränkung des Durchsatzes aufzuheben, wurde eine weitere Möglichkeit  umgesetzt. Das Originaldokument wird dabei kopiert und im Anschluss gelöscht (copy/delete).
 Detaillierte Informationen siehe Handbuch LDOX.ArchiveExporter, Kapitel 'Migration von integrierten Comarch ECM iS Dokumenten in InfoShare'.</t>
   </si>
   <si>
     <t>Die Feldwertlängen im Plugin iSeriesDataManager wurden von 40 auf 100 Stellen erweitert.
 Detaillierte Informationen siehe Handbuch LDOX.Administration, Kapitel '8.4.4. Plugin – iSeriesDataManager'.</t>
   </si>
   <si>
     <t>Geänderte LDOX Dateien für Release 2025.3</t>
   </si>
   <si>
     <t>Neue und geänderte LDOX Dateien für Release 2025.3:
 Anpassungen in folgenden Files:
 DSPINF1, DSPINF1P, EDTDFT1, IMPFPRF, IMPFPRF01, IMPFPRF02, ISRVOL5P, LDOXLOCK, LDXSQL01P, PRTJRN1P, PRTJRN2P, PRTJRN3P, PRTJRN4P, PRTRSTLOGP, SCRATN, SPLRST1P, SCRATN, LDXFSBR, LDXFSBR01, LDXFSBR02</t>
   </si>
   <si>
     <t>An eine bestehende Akte können beliebig viele andere Akten verknüpft werden.
 Detaillierte Informationen siehe Handbuch LDOX.Akte, Kapitel 'Verknüpfungen'.
 Hinweis: Bitte laut Handbuch Update Datenbank ausführen. Siehe Handbuch LDOX.Installation, Kapitel 'Update LDOX.Server und LDOX.Aktenserver', Punkt 5.</t>
+  </si>
+  <si>
+    <t>Ab LDOX Version 2025.3.0.0 wird der Befehl ADDPDFST2 mit Anfügeoption *BARCODE sensibler ausgeführt. Ist die angegebene Barcodegröße zu klein, wird kein QR-Barcode erzeugt. In der alten Version wurde der Barcode automatisch vergrößert. Daher sind die Programme mit dem LDOX Befehl ADDPDFST2 entsprechend zu prüfen.</t>
+  </si>
+  <si>
+    <t>Befehl ADDPDFST2 mit Anfügeoption *BARCODE sensibler</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Open Sans"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -2951,52 +2957,52 @@
       <queryTableField id="5" name="Whats New Beschreibung" tableColumnId="5"/>
       <queryTableField id="6" name="Type" tableColumnId="6"/>
       <queryTableField id="7" dataBound="0" tableColumnId="7"/>
     </queryTableFields>
   </queryTableRefresh>
 </queryTable>
 </file>
 
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/_rels/table2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable2.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/_rels/table3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable3.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/_rels/table4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable4.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{D20B74CC-4801-4BA7-9F09-909BC2039093}" name="query__12" displayName="query__12" ref="A1:F29" tableType="queryTable" totalsRowShown="0" headerRowDxfId="43" dataDxfId="41" headerRowBorderDxfId="42" tableBorderDxfId="40" totalsRowBorderDxfId="39">
-  <autoFilter ref="A1:F29" xr:uid="{D20B74CC-4801-4BA7-9F09-909BC2039093}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{D20B74CC-4801-4BA7-9F09-909BC2039093}" name="query__12" displayName="query__12" ref="A1:F30" tableType="queryTable" totalsRowShown="0" headerRowDxfId="43" dataDxfId="41" headerRowBorderDxfId="42" tableBorderDxfId="40" totalsRowBorderDxfId="39">
+  <autoFilter ref="A1:F30" xr:uid="{D20B74CC-4801-4BA7-9F09-909BC2039093}"/>
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{EA8A9D28-3D7D-4C77-B025-9B26723066E3}" uniqueName="1" name="Component" queryTableFieldId="1" dataDxfId="38"/>
     <tableColumn id="2" xr3:uid="{FF83F5C0-6DEF-4848-8A15-2D2AE06B4825}" uniqueName="2" name="id" queryTableFieldId="2" dataDxfId="37"/>
     <tableColumn id="3" xr3:uid="{979C8A0E-A150-436A-A691-D8618DDFC958}" uniqueName="3" name="Summary" queryTableFieldId="3" dataDxfId="36"/>
     <tableColumn id="5" xr3:uid="{98E80B69-85DC-40AC-A271-E804AABC28EB}" uniqueName="5" name="Whats New Beschreibung" queryTableFieldId="5" dataDxfId="35"/>
     <tableColumn id="6" xr3:uid="{C4B0E7B7-F363-4451-8838-52E551C0209B}" uniqueName="6" name="Type" queryTableFieldId="6" dataDxfId="34"/>
     <tableColumn id="7" xr3:uid="{D2B4692E-7FB6-48C1-B22C-DF9D6AE15E5F}" uniqueName="7" name="Wichtig" queryTableFieldId="7" dataDxfId="33"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{EEDBC24D-06EF-466F-82F5-84841FD17E8A}" name="query__8" displayName="query__8" ref="A1:G123" tableType="queryTable" totalsRowShown="0" headerRowDxfId="32" dataDxfId="30" headerRowBorderDxfId="31" tableBorderDxfId="29" totalsRowBorderDxfId="28">
   <autoFilter ref="A1:G123" xr:uid="{EEDBC24D-06EF-466F-82F5-84841FD17E8A}"/>
   <tableColumns count="7">
     <tableColumn id="1" xr3:uid="{6C6F4E5E-9D81-4ACD-B37C-C5D6C368A790}" uniqueName="1" name="Modul" queryTableFieldId="1" dataDxfId="27"/>
     <tableColumn id="2" xr3:uid="{F9E6B9F5-66D5-40E8-BE4A-7B8A1FAD5A58}" uniqueName="2" name="ID" queryTableFieldId="2" dataDxfId="26"/>
     <tableColumn id="3" xr3:uid="{4815575F-EFC4-47D1-90F2-C7F174FB55A9}" uniqueName="3" name="Zusammenfassung" queryTableFieldId="3" dataDxfId="25"/>
     <tableColumn id="4" xr3:uid="{4E4E3CD0-9D35-4D6F-B5E3-6C5876C8023C}" uniqueName="4" name="whatsnew" queryTableFieldId="4" dataDxfId="24"/>
     <tableColumn id="5" xr3:uid="{D19987FA-29B3-4131-8DDE-BDBD9D288FEB}" uniqueName="5" name="Whats New Beschreibung" queryTableFieldId="5" dataDxfId="23"/>
     <tableColumn id="6" xr3:uid="{5CD69625-0869-46E8-980C-5C36FD369ED4}" uniqueName="6" name="Typ" queryTableFieldId="6" dataDxfId="22"/>
     <tableColumn id="7" xr3:uid="{6414511C-F802-44DA-97BE-5C31B98553A3}" uniqueName="7" name="Wichtig" queryTableFieldId="7" dataDxfId="21"/>
   </tableColumns>
   <tableStyleInfo showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
@@ -3329,589 +3335,601 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD95DC3E-33C6-44ED-99D2-4D9BA9F90862}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F29"/>
+  <dimension ref="A1:F30"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5546875" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="31.88671875" style="14" customWidth="1"/>
     <col min="2" max="2" width="5" style="14" customWidth="1"/>
     <col min="3" max="3" width="57.109375" style="4" customWidth="1"/>
     <col min="4" max="4" width="56.21875" style="4" customWidth="1"/>
     <col min="5" max="5" width="16.21875" style="14" customWidth="1"/>
     <col min="6" max="16384" width="11.5546875" style="14"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A1" s="27" t="s">
         <v>461</v>
       </c>
       <c r="B1" s="15" t="s">
         <v>462</v>
       </c>
       <c r="C1" s="6" t="s">
         <v>463</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>24</v>
       </c>
       <c r="E1" s="16" t="s">
         <v>25</v>
       </c>
       <c r="F1" s="26" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="2" spans="1:6" s="13" customFormat="1" ht="99" x14ac:dyDescent="0.3">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2" t="s">
         <v>517</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>518</v>
       </c>
       <c r="E2" s="2"/>
       <c r="F2" s="2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3" spans="1:6" ht="148.5" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-    <row r="4" spans="1:6" ht="115.5" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:6" s="13" customFormat="1" ht="99" x14ac:dyDescent="0.3">
+      <c r="A3" s="2"/>
+      <c r="B3" s="2"/>
+      <c r="C3" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="148.5" x14ac:dyDescent="0.3">
       <c r="A4" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="18">
-        <v>7732</v>
+        <v>7928</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>465</v>
+        <v>464</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="E4" s="19" t="s">
         <v>1</v>
       </c>
       <c r="F4" s="18"/>
     </row>
-    <row r="5" spans="1:6" ht="49.5" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:6" ht="115.5" x14ac:dyDescent="0.3">
       <c r="A5" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="18">
-        <v>8092</v>
+        <v>7732</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>467</v>
+        <v>501</v>
       </c>
       <c r="E5" s="19" t="s">
         <v>1</v>
       </c>
       <c r="F5" s="18"/>
     </row>
-    <row r="6" spans="1:6" ht="132" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:6" ht="49.5" x14ac:dyDescent="0.3">
       <c r="A6" s="17" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="18">
-        <v>7376</v>
+        <v>8092</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>502</v>
+        <v>467</v>
       </c>
       <c r="E6" s="19" t="s">
         <v>1</v>
       </c>
       <c r="F6" s="18"/>
     </row>
     <row r="7" spans="1:6" ht="132" x14ac:dyDescent="0.3">
       <c r="A7" s="17" t="s">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="B7" s="18">
-        <v>7908</v>
+        <v>7376</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>503</v>
+        <v>502</v>
       </c>
       <c r="E7" s="19" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="18"/>
     </row>
-    <row r="8" spans="1:6" ht="49.5" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:6" ht="132" x14ac:dyDescent="0.3">
       <c r="A8" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="18">
-        <v>8187</v>
+        <v>7908</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>471</v>
+        <v>503</v>
       </c>
       <c r="E8" s="19" t="s">
         <v>1</v>
       </c>
       <c r="F8" s="18"/>
     </row>
-    <row r="9" spans="1:6" ht="115.5" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:6" ht="49.5" x14ac:dyDescent="0.3">
       <c r="A9" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="18">
+        <v>8187</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="E9" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F9" s="18"/>
+    </row>
+    <row r="10" spans="1:6" ht="115.5" x14ac:dyDescent="0.3">
+      <c r="A10" s="17" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="18">
         <v>7907</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="C10" s="1" t="s">
         <v>472</v>
       </c>
-      <c r="D9" s="1" t="s">
+      <c r="D10" s="1" t="s">
         <v>504</v>
       </c>
-      <c r="E9" s="19" t="s">
-[...5 lines deleted...]
-      <c r="A10" s="20" t="s">
+      <c r="E10" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F10" s="18"/>
+    </row>
+    <row r="11" spans="1:6" ht="148.5" x14ac:dyDescent="0.3">
+      <c r="A11" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="B10" s="21">
+      <c r="B11" s="21">
         <v>7902</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="C11" s="2" t="s">
         <v>473</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="D11" s="2" t="s">
         <v>519</v>
       </c>
-      <c r="E10" s="22" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="21" t="s">
+      <c r="E11" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="F11" s="21" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="99" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-    <row r="12" spans="1:6" ht="82.5" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:6" ht="99" x14ac:dyDescent="0.3">
       <c r="A12" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="18">
-        <v>8110</v>
+        <v>8127</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="E12" s="19" t="s">
         <v>1</v>
       </c>
       <c r="F12" s="18"/>
     </row>
     <row r="13" spans="1:6" ht="82.5" x14ac:dyDescent="0.3">
       <c r="A13" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="18">
-        <v>7950</v>
+        <v>8110</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="E13" s="19" t="s">
         <v>1</v>
       </c>
       <c r="F13" s="18"/>
     </row>
-    <row r="14" spans="1:6" ht="33" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:6" ht="82.5" x14ac:dyDescent="0.3">
       <c r="A14" s="17" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="18">
+        <v>7950</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="E14" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F14" s="18"/>
+    </row>
+    <row r="15" spans="1:6" ht="33" x14ac:dyDescent="0.3">
+      <c r="A15" s="17" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="18">
         <v>7964</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="C15" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="D14" s="1" t="s">
+      <c r="D15" s="1" t="s">
         <v>478</v>
       </c>
-      <c r="E14" s="19" t="s">
-[...5 lines deleted...]
-      <c r="A15" s="17" t="s">
+      <c r="E15" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F15" s="18"/>
+    </row>
+    <row r="16" spans="1:6" ht="49.5" x14ac:dyDescent="0.3">
+      <c r="A16" s="17" t="s">
         <v>4</v>
       </c>
-      <c r="B15" s="18">
+      <c r="B16" s="18">
         <v>8245</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="C16" s="1" t="s">
         <v>479</v>
       </c>
-      <c r="D15" s="1" t="s">
+      <c r="D16" s="1" t="s">
         <v>480</v>
       </c>
-      <c r="E15" s="19" t="s">
-[...5 lines deleted...]
-      <c r="A16" s="17" t="s">
+      <c r="E16" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="F16" s="18"/>
+    </row>
+    <row r="17" spans="1:6" ht="82.5" x14ac:dyDescent="0.3">
+      <c r="A17" s="17" t="s">
         <v>16</v>
       </c>
-      <c r="B16" s="18">
+      <c r="B17" s="18">
         <v>8002</v>
       </c>
-      <c r="C16" s="1" t="s">
+      <c r="C17" s="1" t="s">
         <v>481</v>
       </c>
-      <c r="D16" s="1" t="s">
+      <c r="D17" s="1" t="s">
         <v>508</v>
       </c>
-      <c r="E16" s="19" t="s">
-[...5 lines deleted...]
-      <c r="A17" s="17" t="s">
+      <c r="E17" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F17" s="18"/>
+    </row>
+    <row r="18" spans="1:6" ht="99" x14ac:dyDescent="0.3">
+      <c r="A18" s="17" t="s">
         <v>191</v>
       </c>
-      <c r="B17" s="18">
+      <c r="B18" s="18">
         <v>7997</v>
       </c>
-      <c r="C17" s="1" t="s">
+      <c r="C18" s="1" t="s">
         <v>482</v>
       </c>
-      <c r="D17" s="1" t="s">
+      <c r="D18" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="E17" s="19" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="E18" s="19" t="s">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F18" s="18"/>
     </row>
-    <row r="19" spans="1:6" ht="33" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:6" ht="49.5" x14ac:dyDescent="0.3">
       <c r="A19" s="17" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="18">
-        <v>8191</v>
+        <v>8023</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="E19" s="19" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F19" s="18"/>
     </row>
     <row r="20" spans="1:6" ht="33" x14ac:dyDescent="0.3">
       <c r="A20" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="B20" s="18">
+        <v>8191</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="E20" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F20" s="18"/>
+    </row>
+    <row r="21" spans="1:6" ht="33" x14ac:dyDescent="0.3">
+      <c r="A21" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="B20" s="18">
+      <c r="B21" s="18">
         <v>8103</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="C21" s="1" t="s">
         <v>487</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="D21" s="1" t="s">
         <v>488</v>
       </c>
-      <c r="E20" s="19" t="s">
-[...5 lines deleted...]
-      <c r="A21" s="20" t="s">
+      <c r="E21" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F21" s="18"/>
+    </row>
+    <row r="22" spans="1:6" ht="115.5" x14ac:dyDescent="0.3">
+      <c r="A22" s="20" t="s">
         <v>9</v>
       </c>
-      <c r="B21" s="21">
+      <c r="B22" s="21">
         <v>8257</v>
       </c>
-      <c r="C21" s="2" t="s">
+      <c r="C22" s="2" t="s">
         <v>489</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="D22" s="2" t="s">
         <v>510</v>
       </c>
-      <c r="E21" s="22" t="s">
-[...2 lines deleted...]
-      <c r="F21" s="21" t="s">
+      <c r="E22" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="F22" s="21" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="22" spans="1:6" ht="82.5" x14ac:dyDescent="0.3">
-      <c r="A22" s="17" t="s">
+    <row r="23" spans="1:6" ht="82.5" x14ac:dyDescent="0.3">
+      <c r="A23" s="17" t="s">
         <v>9</v>
       </c>
-      <c r="B22" s="18">
+      <c r="B23" s="18">
         <v>7847</v>
       </c>
-      <c r="C22" s="1" t="s">
+      <c r="C23" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="D22" s="1" t="s">
+      <c r="D23" s="1" t="s">
         <v>511</v>
       </c>
-      <c r="E22" s="19" t="s">
-[...5 lines deleted...]
-      <c r="A23" s="17" t="s">
+      <c r="E23" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F23" s="18"/>
+    </row>
+    <row r="24" spans="1:6" ht="132" x14ac:dyDescent="0.3">
+      <c r="A24" s="17" t="s">
         <v>8</v>
       </c>
-      <c r="B23" s="18">
+      <c r="B24" s="18">
         <v>8109</v>
       </c>
-      <c r="C23" s="1" t="s">
+      <c r="C24" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="D23" s="1" t="s">
+      <c r="D24" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="E23" s="19" t="s">
-[...5 lines deleted...]
-      <c r="A24" s="17" t="s">
+      <c r="E24" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="F24" s="18"/>
+    </row>
+    <row r="25" spans="1:6" ht="82.5" x14ac:dyDescent="0.3">
+      <c r="A25" s="17" t="s">
         <v>31</v>
       </c>
-      <c r="B24" s="18">
+      <c r="B25" s="18">
         <v>8150</v>
       </c>
-      <c r="C24" s="1" t="s">
+      <c r="C25" s="1" t="s">
         <v>513</v>
       </c>
-      <c r="D24" s="1" t="s">
+      <c r="D25" s="1" t="s">
         <v>514</v>
       </c>
-      <c r="E24" s="19" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="E25" s="19" t="s">
         <v>1</v>
       </c>
       <c r="F25" s="18"/>
     </row>
-    <row r="26" spans="1:6" ht="33" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:6" ht="132" x14ac:dyDescent="0.3">
       <c r="A26" s="17" t="s">
         <v>213</v>
       </c>
       <c r="B26" s="18">
+        <v>8030</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="D26" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="E26" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F26" s="18"/>
+    </row>
+    <row r="27" spans="1:6" ht="33" x14ac:dyDescent="0.3">
+      <c r="A27" s="17" t="s">
+        <v>213</v>
+      </c>
+      <c r="B27" s="18">
         <v>8094</v>
       </c>
-      <c r="C26" s="1" t="s">
+      <c r="C27" s="1" t="s">
         <v>493</v>
       </c>
-      <c r="D26" s="1" t="s">
+      <c r="D27" s="1" t="s">
         <v>494</v>
       </c>
-      <c r="E26" s="19" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="E27" s="19" t="s">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F27" s="18"/>
     </row>
-    <row r="28" spans="1:6" ht="33" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:6" ht="82.5" x14ac:dyDescent="0.3">
       <c r="A28" s="17" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="18">
-        <v>7281</v>
+        <v>7981</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>497</v>
+        <v>516</v>
       </c>
       <c r="E28" s="19" t="s">
         <v>1</v>
       </c>
       <c r="F28" s="18"/>
     </row>
     <row r="29" spans="1:6" ht="33" x14ac:dyDescent="0.3">
       <c r="A29" s="17" t="s">
+        <v>6</v>
+      </c>
+      <c r="B29" s="18">
+        <v>7281</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="E29" s="19" t="s">
+        <v>1</v>
+      </c>
+      <c r="F29" s="18"/>
+    </row>
+    <row r="30" spans="1:6" ht="33" x14ac:dyDescent="0.3">
+      <c r="A30" s="17" t="s">
         <v>416</v>
       </c>
-      <c r="B29" s="18">
+      <c r="B30" s="18">
         <v>8262</v>
       </c>
-      <c r="C29" s="1" t="s">
+      <c r="C30" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="D29" s="1" t="s">
+      <c r="D30" s="1" t="s">
         <v>499</v>
       </c>
-      <c r="E29" s="19" t="s">
-[...2 lines deleted...]
-      <c r="F29" s="18"/>
+      <c r="E30" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="F30" s="18"/>
     </row>
   </sheetData>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="71" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;D&amp;C&amp;F&amp;RSeite &amp;P von &amp;N</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8E47DA72-B42B-419B-ADA2-9B22B438B8F3}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:G123"/>
   <sheetViews>
     <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection activeCell="G1" sqref="G1:G1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5546875" defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>